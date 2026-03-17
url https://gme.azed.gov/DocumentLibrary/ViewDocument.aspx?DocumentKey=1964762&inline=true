--- v0 (2025-10-17)
+++ v1 (2026-03-17)
@@ -1,39 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
@@ -315,51 +313,51 @@
                                     <w:b/>
                                     <w:bCs/>
                                     <w:color w:val="C00000"/>
                                     <w:sz w:val="56"/>
                                     <w:szCs w:val="56"/>
                                   </w:rPr>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
                     <wp14:sizeRelH relativeFrom="margin">
                       <wp14:pctWidth>0</wp14:pctWidth>
                     </wp14:sizeRelH>
                     <wp14:sizeRelV relativeFrom="margin">
                       <wp14:pctHeight>0</wp14:pctHeight>
                     </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
-              <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <w:pict w14:anchorId="62182812">
                   <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6034A7E7">
                     <v:stroke joinstyle="miter"/>
                     <v:path gradientshapeok="t" o:connecttype="rect"/>
                   </v:shapetype>
                   <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:.85pt;width:386.45pt;height:177.95pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk+2gzDgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgx4rY24hRdugwD&#10;ugvQ9QNkWY6FyaImKbGzrx8lu2m2vg3TgyCK1CF5eLS+HXtFjsI6Cbqiy0VKidAcGqn3FX36vnt3&#10;Q4nzTDdMgRYVPQlHbzdv36wHU4oMOlCNsARBtCsHU9HOe1MmieOd6JlbgBEanS3Ynnk07T5pLBsQ&#10;vVdJlqZXyQC2MRa4cA5v7ycn3UT8thXcf21bJzxRFcXafNxt3OuwJ5s1K/eWmU7yuQz2D1X0TGpM&#10;eoa6Z56Rg5WvoHrJLTho/YJDn0DbSi5iD9jNMv2rm8eOGRF7QXKcOdPk/h8s/3J8NN8s8eN7GHGA&#10;sQlnHoD/cETDtmN6L+6shaETrMHEy0BZMhhXzk8D1a50AaQePkODQ2YHDxFobG0fWME+CaLjAE5n&#10;0sXoCcfLVZFeF8ucEo6+LMuL4iqPOVj5/NxY5z8K6Ek4VNTiVCM8Oz44H8ph5XNIyOZAyWYnlYqG&#10;3ddbZcmRoQJ2cc3of4QpTYaKFnmWR2QN4X0URy89KlTJvqI3aViTZgIdH3QTQzyTajpjJUrP/ARK&#10;JnL8WI8YGHiqoTkhUxYmJeLPwUMH9hclA6qwou7ngVlBifqkke1iuVoF2UZjlV9naNhLT33pYZoj&#10;VEU9JdNx66PUAw8a7nAqrYx8vVQy14rqijTOPyHI99KOUS//dfMbAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjTxac2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUoNKYhTgVI&#10;IK4t/YBNsk0i4nUUu0369ywnetyZ0czbfDO7Xp1oDJ1nCw+LBBRx5euOGwv774/7Z1AhItfYeyYL&#10;ZwqwKa6vcsxqP/GWTrvYKCnhkKGFNsYh0zpULTkMCz8Qi3fwo8Mo59joesRJyl2vl0mSaocdy0KL&#10;A723VP3sjs7C4Wu6W62n8jPuzfYpfcPOlP5s7e3N/PoCKtIc/8Pwhy/oUAhT6Y9cB9VbkEeiqAaU&#10;mMYs16BKC48rk4Iucn2JX/wCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5PtoMw4CAAD3&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAY08WnNsA&#10;AAAGAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
                     <v:textbox>
                       <w:txbxContent>
                         <w:p w:rsidR="00FC69BB" w:rsidP="00FC69BB" w:rsidRDefault="00FC69BB" w14:paraId="7F3DFBA1" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="012169"/>
                               <w:sz w:val="96"/>
                               <w:szCs w:val="96"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="012169"/>
@@ -547,153 +545,157 @@
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidRPr="00455F19" w:rsidR="00FC69BB" w:rsidP="00FC69BB" w:rsidRDefault="00FC69BB" w14:paraId="4B94D5A5" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="C00000"/>
                               <w:sz w:val="56"/>
                               <w:szCs w:val="56"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                     <w10:wrap type="square" anchorx="margin"/>
                   </v:shape>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
-        <w:p w:rsidRPr="00F27D03" w:rsidR="001D5099" w:rsidP="00000B04" w:rsidRDefault="009774AB" w14:paraId="5D6B9F5B" w14:textId="7DF9B147">
+        <w:p w:rsidRPr="00F27D03" w:rsidR="001D5099" w:rsidP="00000B04" w:rsidRDefault="0057638A" w14:paraId="5D6B9F5B" w14:textId="7DF9B147">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="40"/>
               <w:szCs w:val="40"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="002C1E4D" w:rsidP="3B9BE814" w:rsidRDefault="00430DEF" w14:paraId="36392545" w14:textId="25A6B28D">
       <w:pPr>
-        <w:ind w:left="2160" w:firstLine="0"/>
+        <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="00430DEF">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline wp14:editId="2AD0A7A4" wp14:anchorId="0165D64D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0165D64D" wp14:editId="2AD0A7A4">
             <wp:extent cx="2466975" cy="2466975"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="2022105561" name="Picture 3" descr="A logo with a star and a flame&#10;&#10;Description automatically generated" title=""/>
+            <wp:docPr id="2022105561" name="Picture 3" descr="A logo with a star and a flame&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra03a099b64794bec">
-                      <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
-                    <a:xfrm rot="0" flipH="0" flipV="0">
+                    <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2466975" cy="2466975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F27D03" w:rsidR="005D0285" w:rsidP="3B9BE814" w:rsidRDefault="005D0285" w14:paraId="2C4CA748" w14:textId="6AE7A27F">
-[...1 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:p w:rsidRPr="00F27D03" w:rsidR="005D0285" w:rsidP="3B9BE814" w:rsidRDefault="11AA911D" w14:paraId="2C4CA748" w14:textId="6AE7A27F">
+      <w:pPr>
         <w:sectPr w:rsidRPr="00F27D03" w:rsidR="005D0285" w:rsidSect="003B5140">
-          <w:headerReference w:type="default" r:id="rId14"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidR="11AA911D">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="11AA911D">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline wp14:editId="630D2285" wp14:anchorId="0D077802">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D077802" wp14:editId="630D2285">
             <wp:extent cx="4695824" cy="752475"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="541914224" name="" descr="Text Box" title=""/>
+            <wp:docPr id="541914224" name="Picture 541914224" descr="Text Box"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5cc57ef8e41f428f">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
-                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi val="0"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4695824" cy="752475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="002C1E4D" w:rsidP="003123AB" w:rsidRDefault="002C1E4D" w14:paraId="3E64CC23" w14:textId="77777777">
       <w:pPr>
@@ -862,51 +864,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information on dyslexia, please visit </w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="008A4AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">ADE’s Dyslexia Resource Page: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId17">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00F27D03" w:rsidR="008A4AFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="5"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.azed.gov/mowr/dyslexia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F27D03" w:rsidR="008A4AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="00F20F3B" w:rsidP="00A709B1" w:rsidRDefault="00F20F3B" w14:paraId="021F444F" w14:textId="77777777">
@@ -923,51 +925,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="00F20F3B" w:rsidP="00A709B1" w:rsidRDefault="000B1E78" w14:paraId="588671AA" w14:textId="478870BA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Per </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId18">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="00F27D03" w:rsidR="00A61E83">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">§ </w:t>
         </w:r>
         <w:r w:rsidRPr="00F27D03">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>A</w:t>
         </w:r>
         <w:r w:rsidRPr="00F27D03" w:rsidR="00A61E83">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -2531,75 +2533,92 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="012169"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE63E3" w:rsidP="00B127AC" w:rsidRDefault="00DE63E3" w14:paraId="26F48822" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="012169"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00547681" w:rsidR="00B127AC" w:rsidP="00B127AC" w:rsidRDefault="00B127AC" w14:paraId="2CFF3639" w14:textId="07274B68">
+    <w:p w:rsidR="701216AC" w:rsidP="701216AC" w:rsidRDefault="701216AC" w14:paraId="027A10CB" w14:textId="68B49636">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="012169"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00547681">
+    </w:p>
+    <w:p w:rsidRPr="00547681" w:rsidR="00B127AC" w:rsidP="00B127AC" w:rsidRDefault="00B127AC" w14:paraId="2CFF3639" w14:textId="07274B68">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="012169"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00547681">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="012169"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Grant Application Guidance </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="00B127AC" w:rsidP="00B127AC" w:rsidRDefault="00B127AC" w14:paraId="7C6B0017" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="012169"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="005E30CB" w:rsidP="001D5099" w:rsidRDefault="007C3D22" w14:paraId="3B933C42" w14:textId="2AD3C557">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
@@ -2628,81 +2647,81 @@
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D15D8" w:rsidP="001D5099" w:rsidRDefault="007C3D22" w14:paraId="55F9A4F1" w14:textId="25DB1CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F27D03" w:rsidR="007C3D22">
+      <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Districts/charter systems can apply for</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="001C189B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> a maximum of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03" w:rsidR="007C3D22">
+      <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> $2,500.00 </w:t>
       </w:r>
       <w:r w:rsidRPr="001D11A7" w:rsidR="00293866">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
@@ -2838,66 +2857,66 @@
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>pecialist</w:t>
       </w:r>
       <w:r w:rsidRPr="001D11A7" w:rsidR="00293866">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D11A7" w:rsidR="007C3D22">
+      <w:r w:rsidRPr="001D11A7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>per school that serves K-3 students</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03" w:rsidR="007C3D22">
+      <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> within their sys</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="00635736">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
@@ -2941,51 +2960,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Districts </w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="268D11A6">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">cannot</w:t>
+        <w:t>cannot</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="00F76CED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> apply for more than two educators per school (2 X $2,500). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="00635736">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
@@ -4653,163 +4672,156 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F27D03" w:rsidR="008F0EC8" w:rsidP="008F0EC8" w:rsidRDefault="008F0EC8" w14:paraId="37117AFC" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="701216AC" w:rsidP="701216AC" w:rsidRDefault="701216AC" w14:paraId="57F8B1C0" w14:textId="3A68994A">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
-        <w:ind w:left="2160"/>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE63E3" w:rsidP="001D5099" w:rsidRDefault="00DE63E3" w14:paraId="2FE08780" w14:textId="77777777">
-[...11 lines deleted...]
-    <w:p w:rsidR="00FD4880" w:rsidP="001D5099" w:rsidRDefault="00FD4880" w14:paraId="0E8DCAA6" w14:textId="77777777">
+    <w:p w:rsidR="701216AC" w:rsidP="701216AC" w:rsidRDefault="701216AC" w14:paraId="6874FBCC" w14:textId="5B8B40FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="00813E38" w:rsidP="001D5099" w:rsidRDefault="00813E38" w14:paraId="7A319779" w14:textId="1C233AA7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F27D03">
+      <w:r w:rsidRPr="701216AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To ensure that the funding is disseminated as equitably as possible to LEAs across the state, LEAs may not apply for more than $</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03" w:rsidR="00177CF3">
+      <w:r w:rsidRPr="701216AC" w:rsidR="00177CF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03">
+      <w:r w:rsidRPr="701216AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03" w:rsidR="00177CF3">
+      <w:r w:rsidRPr="701216AC" w:rsidR="00177CF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03">
+      <w:r w:rsidRPr="701216AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00.00 per school that serves K-3 students within their systems</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03" w:rsidR="000C0E22">
+      <w:r w:rsidRPr="701216AC" w:rsidR="000C0E22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F27D03">
+      <w:r w:rsidRPr="701216AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="701216AC" w:rsidP="701216AC" w:rsidRDefault="701216AC" w14:paraId="65B7A6C7" w14:textId="3B478B21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="00054E9F" w:rsidP="001D5099" w:rsidRDefault="00054E9F" w14:paraId="7D4276C1" w14:textId="607FBDB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyslexia </w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="007967F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4940,188 +4952,262 @@
       <w:r w:rsidRPr="001D11A7" w:rsidR="008F247E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001D11A7" w:rsidR="00AD2EEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pecialists</w:t>
       </w:r>
       <w:r w:rsidRPr="001D11A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F27D03" w:rsidR="00054E9F" w:rsidP="00054E9F" w:rsidRDefault="00054E9F" w14:paraId="6B719F1D" w14:textId="743389D7">
+    <w:p w:rsidRPr="00F27D03" w:rsidR="00054E9F" w:rsidP="00054E9F" w:rsidRDefault="00054E9F" w14:paraId="6B719F1D" w14:textId="5DD45045">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Teacher stipends </w:t>
       </w:r>
+      <w:r w:rsidR="0084788F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(excluding substitutes)</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="007967F0" w:rsidP="00FE6144" w:rsidRDefault="00054E9F" w14:paraId="699E1144" w14:textId="3EEB82BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ERE (Benefits excluding medical benefits) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="001038A7" w:rsidP="00FE6144" w:rsidRDefault="00FE6144" w14:paraId="75A0968C" w14:textId="0747D409">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Carryover</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="00FE6144" w:rsidRDefault="00FE6144" w14:paraId="2864F7FA" w14:textId="0112C300">
+    <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="55C23742" w:rsidRDefault="00FE6144" w14:paraId="2864F7FA" w14:textId="67F51123">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F27D03">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="00FE6144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyslexia </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03" w:rsidR="007967F0">
+      <w:r w:rsidRPr="374F53F7" w:rsidR="007967F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Training </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="00FE6144">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designee funding does not carryover and must be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="00FE6144">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>expended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="00FE6144">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by 6/30/2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="769FE590">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="00FE6144">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="235549F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="235549F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attempt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="235549F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to have your reimbursement request for this grant by June 10, 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="03C6B719">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="374F53F7" w:rsidR="235549F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F27D03">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="235549F1" w:rsidP="35CEBBF2" w:rsidRDefault="235549F1" w14:paraId="4B200609" w14:textId="3048880D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="35CEBBF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The K-3 Dyslexia Training Designee Grant is a State Reverting Grant. The K-3 Dyslexia Training Designee Grant does not allow for a final drawdown of funds during the 90-day liquidation period. All applicants must drawdown during the designated project period via the Reimbursement Request process. Once the project end date has passed, the funds are immediately reverted to the state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="005E30CB" w:rsidP="001D5099" w:rsidRDefault="00143E78" w14:paraId="0F071840" w14:textId="414C8BBF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Object</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03" w:rsidR="004C32F4">
         <w:rPr>
@@ -5182,155 +5268,155 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>object/function</w:t>
       </w:r>
       <w:r w:rsidRPr="00F27D03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> codes. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3116"/>
         <w:gridCol w:w="5159"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="00155CDA" w14:paraId="3B1BF731" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="270666C5" w14:paraId="3B1BF731" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="004C32F4" w14:paraId="572B16E0" w14:textId="0A2A22B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t>Object/</w:t>
             </w:r>
             <w:r w:rsidRPr="00F27D03" w:rsidR="00155CDA">
               <w:t xml:space="preserve">Function Code </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5159" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="0BDD1284" w14:textId="424E56CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">Purpose </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="00155CDA" w14:paraId="71C42764" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="270666C5" w14:paraId="71C42764" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="3AE6F735" w14:textId="4109D17D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">6100 (2100 Series) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5159" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="10FDC03A" w14:textId="620CE877">
+          <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="10FDC03A" w14:textId="06930522">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
-            <w:r w:rsidRPr="00F27D03">
+            <w:r>
               <w:t xml:space="preserve">Teacher Pay/Stipend </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="00155CDA" w14:paraId="5F8A7104" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="270666C5" w14:paraId="5F8A7104" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="0D281B9F" w14:textId="686685A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t>6200</w:t>
             </w:r>
             <w:r w:rsidRPr="00F27D03" w:rsidR="00813E38">
               <w:t xml:space="preserve"> (2100 Series) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5159" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="78473A09" w14:textId="2D267ACF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">ERE (Benefits – Excluding Medical) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="00155CDA" w14:paraId="3A32F4DE" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidTr="270666C5" w14:paraId="3A32F4DE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="54C9A804" w14:textId="44CDBAEE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t>6300</w:t>
             </w:r>
             <w:r w:rsidRPr="00F27D03" w:rsidR="00813E38">
               <w:t xml:space="preserve"> (2100 Series) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5159" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00155CDA" w:rsidP="001D5099" w:rsidRDefault="00155CDA" w14:paraId="573F8089" w14:textId="5202F6D2">
             <w:pPr>
               <w:tabs>
@@ -5390,197 +5476,200 @@
     <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="00A83E32" w:rsidRDefault="00FE6144" w14:paraId="180D9D27" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="012169"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1795"/>
         <w:gridCol w:w="7302"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="35C35790" w14:paraId="76B71085" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="064BCBFB" w14:paraId="76B71085" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00FE6144" w14:paraId="55BAEAAB" w14:textId="323B24E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7302" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00FE6144" w14:paraId="7EC98493" w14:textId="6B9A0F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">Event </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="35C35790" w14:paraId="01F92C68" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="064BCBFB" w14:paraId="01F92C68" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1795" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="001D11A7" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00530D7A" w14:paraId="6801BE97" w14:textId="1770B2FC">
+          <w:p w:rsidRPr="001D11A7" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00530D7A" w14:paraId="6801BE97" w14:textId="7E455889">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00177CF3">
               <w:t>/1/2</w:t>
             </w:r>
-            <w:r w:rsidR="1DC4033D">
-              <w:t>5</w:t>
+            <w:r w:rsidR="0084788F">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7302" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00FE6144" w14:paraId="25F9A5DC" w14:textId="2691087D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">Dyslexia </w:t>
             </w:r>
             <w:r w:rsidRPr="00F27D03" w:rsidR="007967F0">
               <w:t xml:space="preserve">Training </w:t>
             </w:r>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">Designee grant application opens in GME </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="35C35790" w14:paraId="4D2E4EE3" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="064BCBFB" w14:paraId="4D2E4EE3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1795" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="001D11A7" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00713877" w14:paraId="4F2933B9" w14:textId="2EB14B36">
+          <w:p w:rsidRPr="001D11A7" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="75769AE9" w14:paraId="4F2933B9" w14:textId="0F2FAEB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE6144">
-              <w:t>/1</w:t>
+              <w:t>/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="47A13D16">
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00713877">
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="63CF2B5D">
-              <w:t>6</w:t>
+            <w:r w:rsidR="0084788F">
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7302" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00FE6144" w14:paraId="7AB224E9" w14:textId="16B25216">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">Final day to submit a grant application for the grant </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="35C35790" w14:paraId="0B4214D5" w14:textId="77777777">
+      <w:tr w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidTr="064BCBFB" w14:paraId="0B4214D5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1795" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="001D11A7" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00FE6144" w14:paraId="0495476A" w14:textId="341B7CB0">
+          <w:p w:rsidRPr="001D11A7" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00FE6144" w14:paraId="0495476A" w14:textId="20739B8D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>6/30/2</w:t>
             </w:r>
-            <w:r w:rsidR="525DFF42">
-              <w:t>6</w:t>
+            <w:r w:rsidR="0084788F">
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7302" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="00F27D03" w:rsidR="00FE6144" w:rsidP="001D5099" w:rsidRDefault="00FE6144" w14:paraId="6DE16507" w14:textId="333EA6AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00F27D03">
               <w:t xml:space="preserve">Funding must be expended by this date (funds do not carryover) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00F27D03" w:rsidR="005E30CB" w:rsidP="001D5099" w:rsidRDefault="005E30CB" w14:paraId="0CB13EDC" w14:textId="73AA953F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
@@ -5615,85 +5704,85 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="00CB022D" w:rsidP="001D5099" w:rsidRDefault="00CB022D" w14:paraId="761E6AAD" w14:textId="212A90B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="00B443EF" w:rsidP="001D5099" w:rsidRDefault="00B443EF" w14:paraId="78FEC166" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F27D03" w:rsidR="006C54BA" w:rsidP="00CB022D" w:rsidRDefault="006C54BA" w14:paraId="52DA9E7E" w14:textId="373B841D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00F27D03" w:rsidR="006C54BA" w:rsidSect="004259BF">
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00365CB0" w:rsidP="00E76B5D" w:rsidRDefault="00365CB0" w14:paraId="0FFB7001" w14:textId="77777777">
+    <w:p w:rsidR="0057638A" w:rsidP="00E76B5D" w:rsidRDefault="0057638A" w14:paraId="6F1E0561" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00365CB0" w:rsidP="00E76B5D" w:rsidRDefault="00365CB0" w14:paraId="15D54705" w14:textId="77777777">
+    <w:p w:rsidR="0057638A" w:rsidP="00E76B5D" w:rsidRDefault="0057638A" w14:paraId="2B646D7F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00365CB0" w:rsidRDefault="00365CB0" w14:paraId="040BB0F8" w14:textId="77777777">
+    <w:p w:rsidR="0057638A" w:rsidRDefault="0057638A" w14:paraId="360D4DB5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5730,103 +5819,91 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="008C58AC" w:rsidR="0056624F" w:rsidP="008C58AC" w:rsidRDefault="0056624F" w14:paraId="4808535D" w14:textId="6C2AF109">
+  <w:p w:rsidRPr="008C58AC" w:rsidR="0056624F" w:rsidP="55C23742" w:rsidRDefault="55C23742" w14:paraId="4808535D" w14:textId="27CF3D1A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:rPr>
         <w:color w:val="012169"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008C58AC">
+    <w:r w:rsidRPr="55C23742">
       <w:rPr>
         <w:color w:val="012169"/>
       </w:rPr>
       <w:t>Arizona Department of Education</w:t>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="0056624F">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="007D5471">
+    <w:r w:rsidRPr="55C23742">
       <w:rPr>
         <w:color w:val="012169"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00CE3E28">
+    <w:r w:rsidR="003200C2">
       <w:rPr>
         <w:color w:val="012169"/>
       </w:rPr>
-      <w:t>12</w:t>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidR="007D5471">
+    <w:r w:rsidRPr="55C23742">
       <w:rPr>
         <w:color w:val="012169"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>/2025</w:t>
     </w:r>
-    <w:r w:rsidR="00AB0117">
-[...8 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="0056624F">
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="008C58AC">
+    <w:r w:rsidRPr="55C23742">
       <w:rPr>
         <w:color w:val="012169"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00F66491" w:rsidR="0056624F" w:rsidP="00FB037D" w:rsidRDefault="0056624F" w14:paraId="32C2C1AC" w14:textId="2BE2F409">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="008C58AC" w:rsidR="0056624F" w:rsidP="008C58AC" w:rsidRDefault="0056624F" w14:paraId="6226D393" w14:textId="448452CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
@@ -5855,71 +5932,71 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008C58AC">
       <w:rPr>
         <w:color w:val="012169"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidRPr="00F66491" w:rsidR="0056624F" w:rsidP="00FB037D" w:rsidRDefault="0056624F" w14:paraId="068F9283" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00365CB0" w:rsidP="00E76B5D" w:rsidRDefault="00365CB0" w14:paraId="18293851" w14:textId="77777777">
+    <w:p w:rsidR="0057638A" w:rsidP="00E76B5D" w:rsidRDefault="0057638A" w14:paraId="7D9D0870" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00365CB0" w:rsidP="00E76B5D" w:rsidRDefault="00365CB0" w14:paraId="50919264" w14:textId="77777777">
+    <w:p w:rsidR="0057638A" w:rsidP="00E76B5D" w:rsidRDefault="0057638A" w14:paraId="676B3201" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00365CB0" w:rsidRDefault="00365CB0" w14:paraId="429EA86D" w14:textId="77777777">
+    <w:p w:rsidR="0057638A" w:rsidRDefault="0057638A" w14:paraId="05CD116E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="003F2CD7" w:rsidR="003F2CD7" w:rsidP="003F2CD7" w:rsidRDefault="003F2CD7" w14:paraId="2EFEAF89" w14:textId="28089DCF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:bookmarkStart w:name="_Hlk41056565" w:id="1"/>
     <w:bookmarkStart w:name="_Hlk41056566" w:id="2"/>
   </w:p>
   <w:p w:rsidR="0056624F" w:rsidRDefault="000E38B8" w14:paraId="40A8497C" w14:textId="6D9ADD79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00AB562E">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
@@ -5998,51 +6075,51 @@
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Designee Grant Guidance </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
           <w:pict w14:anchorId="6AB98C7A">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="441737DF">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 14" style="position:absolute;margin-left:0;margin-top:.75pt;width:417.05pt;height:25.3pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAG7l5TGAIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa+0/4B4bxzn1saKs8ruKlWl&#10;aHelbLXPBENsCTMUSOz06ztg56Jtn6q+wMAMcznnsLhva0WOwroKdE7TwZASoTkUld7n9Mfb+vNX&#10;SpxnumAKtMjpSTh6v7z7tGhMJkZQgiqEJZhEu6wxOS29N1mSOF6KmrkBGKHRKcHWzOPR7pPCsgaz&#10;1yoZDYezpAFbGAtcOIe3T52TLmN+KQX3L1I64YnKKfbm42rjugtrslywbG+ZKSvet8H+oYuaVRqL&#10;XlI9Mc/IwVZ/pKorbsGB9AMOdQJSVlzEGXCadPhhmm3JjIizIDjOXGBy/y8tfz5uzaslvn2AFgkM&#10;gDTGZQ4vwzyttHXYsVOCfoTwdIFNtJ5wvJyO5rNZOqeEo288SsdpxDW5vjbW+W8CahKMnFqkJaLF&#10;jhvnsSKGnkNCMQ3rSqlIjdKkyelsPB3GBxcPvlAaH157DZZvd20/wA6KE85loaPcGb6usPiGOf/K&#10;LHKMo6Bu/QsuUgEWgd6ipAT762/3IR6hRy8lDWomp+7ngVlBifqukZR5OpkEkcXDZPplhAd769nd&#10;evShfgSUZYo/xPBohnivzqa0UL+jvFehKrqY5lg7p/5sPvpOyfg9uFitYhDKyjC/0VvDQ+oAZ4D2&#10;rX1n1vT4e2TuGc7qYtkHGrrYjojVwYOsIkcB4A7VHneUZKSu/z5B87fnGHX95MvfAAAA//8DAFBL&#10;AwQUAAYACAAAACEAoYAWWd0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h800&#10;8WYXUAxBlqYhaUyMHlp78TawUyBlZ5Hdtuivdz3Z47z38t43xWo2gzjT5HrLCuJlBIK4sbrnVsH+&#10;Y3OfgXAeWeNgmRR8k4NVeXtTYK7thbd03vlWhBJ2OSrovB9zKV3TkUG3tCNx8A52MujDObVST3gJ&#10;5WaQSRQ9SYM9h4UOR6o6ao67k1HwWm3ecVsnJvsZqpe3w3r82n+mSt0t5vUzCE+z/w/DH35AhzIw&#10;1fbE2olBQXjEBzUFEczs4TEGUStIkxhkWchr+vIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEABu5eUxgCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAoYAWWd0AAAAFAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidRPr="00D75890" w:rsidR="0056624F" w:rsidP="00636650" w:rsidRDefault="00271979" w14:paraId="0D95DBF3" w14:textId="28282822">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
@@ -6130,51 +6207,51 @@
                         </a:schemeClr>
                       </a:lnRef>
                       <a:fillRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rtlCol="0" anchor="ctr"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
           <w:pict w14:anchorId="5E4DCE80">
             <v:rect id="Rectangle 6" style="position:absolute;margin-left:416.05pt;margin-top:-1.5pt;width:467.25pt;height:28.35pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="#002d72" stroked="f" strokeweight="1pt" w14:anchorId="644C83DA" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhoRFp5QEAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KdOGkFyznESC9F&#10;GzTtB9AUaRGguMSS9ePvuyQluS/0UFQHio/Z2Z3hcvNwHiw7KgwGXMuXi5oz5SR0xh1a/vXL05u3&#10;nIUoXCcsONXyiwr8Yfv61ebkG7WCHmynkBGJC83Jt7yP0TdVFWSvBhEW4JWjQw04iEhLPFQdihOx&#10;D7Za1fVddQLsPIJUIdDurhzybebXWsn4SeugIrMtp9piHjGP+zRW241oDih8b+RYhviHKgZhHCWd&#10;qXYiCvYNzW9Ug5EIAXRcSBgq0NpIlTWQmmX9i5qXXniVtZA5wc82hf9HKz8eX/wzkg0nH5pA06Ti&#10;rHFIf6qPnbNZl9ksdY5M0ub63c1tfb/mTNLZzV1d366Tm9U12mOI7xUMLE1ajnQZ2SNx/BBigU6Q&#10;lCyANd2TsTYv8LB/tMiOIl1cvdrdr0b2n2DWJbCDFFYY00511ZJn8WJVwln3WWlmOqp+lSvJbabm&#10;PEJK5eKyHPWiUyX9uqZvyp4aM0VkpZkwMWvKP3OPBBOykEzcpcoRn0JV7tI5uP5bYSV4jsiZwcU5&#10;eDAO8E8EllSNmQt+MqlYk1zaQ3d5RobRPkJ5LMLJHuityIg5OKGoDbPy8cmkPv9xnWmvD3v7HQAA&#10;//8DAFBLAwQUAAYACAAAACEAOU+6z+AAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3FqnhFIasqn4ERInRNMKqTc33sZRYjuK3Tbw9CwnOK1GM5r5Nl+NthMnGkLjHcJsmoAg&#10;V3nduBphu3md3IMIUTmtOu8I4YsCrIrLi1xl2p/dmk5lrAWXuJApBBNjn0kZKkNWhanvybF38INV&#10;keVQSz2oM5fbTt4kyZ20qnG8YFRPz4aqtjxahI/Ztz7s2s/2/SmxVbldvLytzQbx+mp8fAARaYx/&#10;YfjFZ3QomGnvj04H0SHwIxFhkvJld5nezkHsEebpAmSRy//4xQ8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA4aERaeUBAAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAOU+6z+AAAAAGAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;">
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00AB562E" w:rsidR="0056624F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A35A37" wp14:editId="220252B7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-76201</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5934075" cy="45719"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
@@ -6213,51 +6290,51 @@
                         </a:schemeClr>
                       </a:lnRef>
                       <a:fillRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rtlCol="0" anchor="ctr"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
           <w:pict w14:anchorId="130317B4">
             <v:rect id="Rectangle 8" style="position:absolute;margin-left:416.05pt;margin-top:-6pt;width:467.25pt;height:3.6pt;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="#910048" stroked="f" strokeweight="1pt" w14:anchorId="5FE2CBF5" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsJZTW7gEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysk01vGyEQhu+V+h8Q93rXrt3Eltc5JEov&#10;VRs1be6YHbxILKCB+uPfd4DdTfqhHKruAS3wzjPzDrC9OfeGHQGDdrbh81nNGVjpWm0PDf/+7f7d&#10;NWchCtsK4yw0/AKB3+zevtme/AYWrnOmBWQEsWFz8g3vYvSbqgqyg16EmfNgaVM57EWkKR6qFsWJ&#10;6L2pFnX9oTo5bD06CSHQ6l3Z5LvMVwpk/KJUgMhMw6m2mEfM4z6N1W4rNgcUvtNyKEP8QxW90JaS&#10;Tqg7EQX7gfoPVK8luuBUnEnXV04pLSF7IDfz+jc3j53wkL1Qc4Kf2hT+H1Z+Pj76B6Q2nHzYBPpN&#10;Ls4Ke6aM9k90ptkXVcrOuW2XqW1wjkzS4mr9fllfrTiTtLdcXc3Xqa1VwSScxxA/gutZ+mk40qlk&#10;qDh+CrFIR0mSB2d0e6+NyRM87G8NsqOgE1zP63p5PdB/kRmbxNalsEJMK9WzqfwXLwaSztivoJhu&#10;qfhFriTfN5jyCCnBxuI8dKKFkn5V0zdmTzc0RWSnGZjIivJP7AEwKgtkZJcqB30KhXxdp+D6tcJK&#10;8BSRMzsbp+BeW4d/AxhyNWQu+rFJpTWpS3vXXh6QYTS3rrwaYWXn6NHIiDk4qeg+ZufD20kX/uU8&#10;Y59f+O4nAAAA//8DAFBLAwQUAAYACAAAACEATGxRMN4AAAAHAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VIXFDrtA2ohDgVQqqEhHpoyge48RIH7HUUu03K17Oc4Lazs5p5W24m78QZ&#10;h9gFUrCYZyCQmmA6ahW8H7azNYiYNBntAqGCC0bYVNdXpS5MGGmP5zq1gkMoFlqBTakvpIyNRa/j&#10;PPRI7H2EwevEcmilGfTI4d7JZZY9SK874gare3yx2HzVJ6/gzd2N33p76Sjfyde66T93dnVQ6vZm&#10;en4CkXBKf8fwi8/oUDHTMZzIROEU8CNJwWyx5IHtx1V+D+LIm3wNsirlf/7qBwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAGwllNbuAQAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAExsUTDeAAAABwEAAA8AAAAAAAAAAAAAAAAASAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;">
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00F27D03">
       <w:t xml:space="preserve">                                                                                                                                                                                    </w:t>
     </w:r>
     <w:r w:rsidR="0056624F">
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r w:rsidR="00F27D03">
       <w:t xml:space="preserve">                    </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="0056624F" w:rsidRDefault="0056624F" w14:paraId="1317F8FC" w14:textId="1DC60697">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00AB562E">
       <w:rPr>
         <w:noProof/>
@@ -6310,51 +6387,51 @@
                         </a:schemeClr>
                       </a:lnRef>
                       <a:fillRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rtlCol="0" anchor="ctr"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
           <w:pict w14:anchorId="1AC61C98">
             <v:rect id="Rectangle 9" style="position:absolute;margin-left:0;margin-top:15.15pt;width:467.25pt;height:3.6pt;flip:y;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="#cb6015" stroked="f" strokeweight="1pt" w14:anchorId="06FE0127" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUWjP27gEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysk02P2yAQhu+V+h8Q98ZOutntWnFWalbb&#10;S9Wuum3vBA8xEmYQ0Dj59x3A8fZLPVT1ARl455l5B9jcnQbDjuCDRtvy5aLmDKzETttDy798fnj1&#10;hrMQhe2EQQstP0Pgd9uXLzaja2CFPZoOPCOIDc3oWt7H6JqqCrKHQYQFOrC0qdAPItLUH6rOi5Ho&#10;g6lWdX1djeg751FCCLR6Xzb5NvOVAhk/KhUgMtNyqi3m0edxn8ZquxHNwQvXazmVIf6hikFoS0ln&#10;1L2Ign3z+jfUoKXHgCouJA4VKqUlZA/kZln/4uapFw6yF2pOcHObwv/Dyg/HJ/foqQ2jC02g3+Ti&#10;pPzAlNHuK51p9kWVslNu23luG5wik7S4vn19Vd+sOZO0d7W+Wd6mtlYFk3DOh/gOcGDpp+WeTiVD&#10;xfF9iEV6kSR5QKO7B21MnvjDfmc8Owo6wd3b63q5nug/yYxNYosprBDTSvVsKv/Fs4GkM/YTKKY7&#10;Kn6VK8n3DeY8QkqwsTgPveigpF/X9F2ypxuaIrLTDExkRfln9gS4KAvkwi5VTvoUCvm6zsH13wor&#10;wXNEzow2zsGDtuj/BDDkaspc9JcmldakLu2xOz965qPZYXk1wsoe6dHI6HNwUtF9zM6nt5Mu/I/z&#10;jH1+4dvvAAAA//8DAFBLAwQUAAYACAAAACEAiQAggt4AAAAGAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwUrEMBCG74LvEEbwIm6i3XXd2nRZFHFBEKyCHtNmbIvNpDTptvv2jic9zvw/33yTbWfXiQMO&#10;ofWk4WqhQCBV3rZUa3h/e7y8BRGiIWs6T6jhiAG2+elJZlLrJ3rFQxFrwRAKqdHQxNinUoaqQWfC&#10;wvdInH35wZnI41BLO5iJ4a6T10rdSGda4guN6fG+weq7GJ2G5PljWkarjsV+/bArn9R4sfl80fr8&#10;bN7dgYg4x78y/OqzOuTsVPqRbBCdBn4kMkklIDjdJMsViJIX6xXIPJP/9fMfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAFRaM/buAQAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAIkAIILeAAAABgEAAA8AAAAAAAAAAAAAAAAASAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;">
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="0056624F" w:rsidP="00E264B8" w:rsidRDefault="0056624F" w14:paraId="44D5ED2A" w14:textId="105D4863">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="0056624F" w:rsidP="00E264B8" w:rsidRDefault="0056624F" w14:paraId="5DF84E81" w14:textId="1B30D780">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
@@ -10888,50 +10965,51 @@
     <w:rsid w:val="001E44C5"/>
     <w:rsid w:val="001F1D04"/>
     <w:rsid w:val="001F311A"/>
     <w:rsid w:val="00207354"/>
     <w:rsid w:val="00207E23"/>
     <w:rsid w:val="00212499"/>
     <w:rsid w:val="00213315"/>
     <w:rsid w:val="00254304"/>
     <w:rsid w:val="002578F4"/>
     <w:rsid w:val="00271979"/>
     <w:rsid w:val="00277032"/>
     <w:rsid w:val="002777CB"/>
     <w:rsid w:val="00287D5A"/>
     <w:rsid w:val="002925B8"/>
     <w:rsid w:val="00293866"/>
     <w:rsid w:val="002B5E00"/>
     <w:rsid w:val="002C1A64"/>
     <w:rsid w:val="002C1E4D"/>
     <w:rsid w:val="002C6341"/>
     <w:rsid w:val="002E0A86"/>
     <w:rsid w:val="002E49BB"/>
     <w:rsid w:val="002F2146"/>
     <w:rsid w:val="002F4D35"/>
     <w:rsid w:val="00304EA2"/>
     <w:rsid w:val="003123AB"/>
+    <w:rsid w:val="003200C2"/>
     <w:rsid w:val="0032427D"/>
     <w:rsid w:val="003245E6"/>
     <w:rsid w:val="00324F42"/>
     <w:rsid w:val="00331308"/>
     <w:rsid w:val="00332D40"/>
     <w:rsid w:val="003445D9"/>
     <w:rsid w:val="00353D69"/>
     <w:rsid w:val="00365CB0"/>
     <w:rsid w:val="00365DCC"/>
     <w:rsid w:val="00366823"/>
     <w:rsid w:val="00374780"/>
     <w:rsid w:val="00381A1A"/>
     <w:rsid w:val="00386B4D"/>
     <w:rsid w:val="00386D42"/>
     <w:rsid w:val="00393DCE"/>
     <w:rsid w:val="003A1796"/>
     <w:rsid w:val="003B5140"/>
     <w:rsid w:val="003B746F"/>
     <w:rsid w:val="003B7F98"/>
     <w:rsid w:val="003D0BFA"/>
     <w:rsid w:val="003D3F19"/>
     <w:rsid w:val="003E2DB9"/>
     <w:rsid w:val="003E2F81"/>
     <w:rsid w:val="003F2CD7"/>
     <w:rsid w:val="003F3F7A"/>
@@ -10946,50 +11024,51 @@
     <w:rsid w:val="00455F19"/>
     <w:rsid w:val="004649AB"/>
     <w:rsid w:val="0049269E"/>
     <w:rsid w:val="004963DA"/>
     <w:rsid w:val="004A0F96"/>
     <w:rsid w:val="004A7FA6"/>
     <w:rsid w:val="004B1C53"/>
     <w:rsid w:val="004C32F4"/>
     <w:rsid w:val="004D4DB5"/>
     <w:rsid w:val="004E153C"/>
     <w:rsid w:val="004F67A2"/>
     <w:rsid w:val="004F76C4"/>
     <w:rsid w:val="00506C35"/>
     <w:rsid w:val="00507977"/>
     <w:rsid w:val="0052542C"/>
     <w:rsid w:val="00530D7A"/>
     <w:rsid w:val="00531A18"/>
     <w:rsid w:val="00536DE7"/>
     <w:rsid w:val="0054479E"/>
     <w:rsid w:val="00547681"/>
     <w:rsid w:val="0055122B"/>
     <w:rsid w:val="0056624F"/>
     <w:rsid w:val="00566B43"/>
     <w:rsid w:val="005670F8"/>
     <w:rsid w:val="00570E2A"/>
+    <w:rsid w:val="0057638A"/>
     <w:rsid w:val="00585DC1"/>
     <w:rsid w:val="0059521E"/>
     <w:rsid w:val="005965E6"/>
     <w:rsid w:val="005A4BB0"/>
     <w:rsid w:val="005A4EE6"/>
     <w:rsid w:val="005B64BD"/>
     <w:rsid w:val="005B7DA0"/>
     <w:rsid w:val="005C13D7"/>
     <w:rsid w:val="005C4747"/>
     <w:rsid w:val="005D0285"/>
     <w:rsid w:val="005D3BED"/>
     <w:rsid w:val="005D62DB"/>
     <w:rsid w:val="005E2B2C"/>
     <w:rsid w:val="005E30CB"/>
     <w:rsid w:val="005E4FC9"/>
     <w:rsid w:val="005E6751"/>
     <w:rsid w:val="005F6218"/>
     <w:rsid w:val="006210F2"/>
     <w:rsid w:val="00622EB2"/>
     <w:rsid w:val="00635736"/>
     <w:rsid w:val="00636650"/>
     <w:rsid w:val="006457FE"/>
     <w:rsid w:val="0065416F"/>
     <w:rsid w:val="0066033D"/>
     <w:rsid w:val="006742FB"/>
@@ -11012,95 +11091,98 @@
     <w:rsid w:val="00734DA7"/>
     <w:rsid w:val="0074614C"/>
     <w:rsid w:val="00757773"/>
     <w:rsid w:val="00763065"/>
     <w:rsid w:val="00763B9D"/>
     <w:rsid w:val="00764489"/>
     <w:rsid w:val="00764E6D"/>
     <w:rsid w:val="007653D3"/>
     <w:rsid w:val="007658C4"/>
     <w:rsid w:val="007714D9"/>
     <w:rsid w:val="00771703"/>
     <w:rsid w:val="00776D35"/>
     <w:rsid w:val="007967F0"/>
     <w:rsid w:val="007A6910"/>
     <w:rsid w:val="007C3D22"/>
     <w:rsid w:val="007C70E4"/>
     <w:rsid w:val="007D5471"/>
     <w:rsid w:val="007E20A4"/>
     <w:rsid w:val="007E6726"/>
     <w:rsid w:val="007E6A37"/>
     <w:rsid w:val="007F06D3"/>
     <w:rsid w:val="0080428B"/>
     <w:rsid w:val="00811DDA"/>
     <w:rsid w:val="00813E38"/>
     <w:rsid w:val="00825E91"/>
+    <w:rsid w:val="0084788F"/>
     <w:rsid w:val="00852BA4"/>
     <w:rsid w:val="00866A11"/>
     <w:rsid w:val="00870606"/>
     <w:rsid w:val="0087272B"/>
     <w:rsid w:val="008776CB"/>
     <w:rsid w:val="00877703"/>
     <w:rsid w:val="0089561F"/>
     <w:rsid w:val="008A4AFE"/>
     <w:rsid w:val="008A640C"/>
     <w:rsid w:val="008B03C1"/>
     <w:rsid w:val="008B189F"/>
     <w:rsid w:val="008C387A"/>
     <w:rsid w:val="008C58AC"/>
     <w:rsid w:val="008D5B5C"/>
     <w:rsid w:val="008F0EC8"/>
     <w:rsid w:val="008F12FE"/>
     <w:rsid w:val="008F247E"/>
+    <w:rsid w:val="008F4615"/>
     <w:rsid w:val="0090234C"/>
     <w:rsid w:val="00907E7F"/>
     <w:rsid w:val="00911FDE"/>
     <w:rsid w:val="0091651C"/>
     <w:rsid w:val="00923906"/>
     <w:rsid w:val="009268D8"/>
     <w:rsid w:val="00932773"/>
     <w:rsid w:val="009358A1"/>
     <w:rsid w:val="009459A4"/>
     <w:rsid w:val="00946B3C"/>
     <w:rsid w:val="0096280B"/>
     <w:rsid w:val="00964FA5"/>
     <w:rsid w:val="00972DC9"/>
     <w:rsid w:val="00975473"/>
     <w:rsid w:val="009774AB"/>
     <w:rsid w:val="009834D5"/>
     <w:rsid w:val="009A7F1F"/>
     <w:rsid w:val="009B0B87"/>
     <w:rsid w:val="009D14B7"/>
     <w:rsid w:val="009D16B3"/>
     <w:rsid w:val="009D25D3"/>
     <w:rsid w:val="009D270C"/>
     <w:rsid w:val="009D79A8"/>
     <w:rsid w:val="009F7361"/>
     <w:rsid w:val="00A0489D"/>
     <w:rsid w:val="00A167E3"/>
     <w:rsid w:val="00A17FEA"/>
     <w:rsid w:val="00A23E0E"/>
+    <w:rsid w:val="00A261BC"/>
     <w:rsid w:val="00A318B3"/>
     <w:rsid w:val="00A56CBB"/>
     <w:rsid w:val="00A61E83"/>
     <w:rsid w:val="00A654B1"/>
     <w:rsid w:val="00A654D7"/>
     <w:rsid w:val="00A6702B"/>
     <w:rsid w:val="00A709B1"/>
     <w:rsid w:val="00A83171"/>
     <w:rsid w:val="00A83E32"/>
     <w:rsid w:val="00A90567"/>
     <w:rsid w:val="00A94C66"/>
     <w:rsid w:val="00AA1381"/>
     <w:rsid w:val="00AA146D"/>
     <w:rsid w:val="00AA48B5"/>
     <w:rsid w:val="00AB0117"/>
     <w:rsid w:val="00AB562E"/>
     <w:rsid w:val="00AC3D9E"/>
     <w:rsid w:val="00AC4C61"/>
     <w:rsid w:val="00AD2131"/>
     <w:rsid w:val="00AD2EEF"/>
     <w:rsid w:val="00AE09EF"/>
     <w:rsid w:val="00AE21CB"/>
     <w:rsid w:val="00B0179C"/>
     <w:rsid w:val="00B0362A"/>
     <w:rsid w:val="00B05A58"/>
@@ -11116,148 +11198,166 @@
     <w:rsid w:val="00B46DCF"/>
     <w:rsid w:val="00B52500"/>
     <w:rsid w:val="00B67537"/>
     <w:rsid w:val="00B74752"/>
     <w:rsid w:val="00B76E64"/>
     <w:rsid w:val="00B85021"/>
     <w:rsid w:val="00B90DA0"/>
     <w:rsid w:val="00B94F74"/>
     <w:rsid w:val="00BA35CA"/>
     <w:rsid w:val="00BB658E"/>
     <w:rsid w:val="00BD64AA"/>
     <w:rsid w:val="00BE0240"/>
     <w:rsid w:val="00BE5B54"/>
     <w:rsid w:val="00C05602"/>
     <w:rsid w:val="00C05ECA"/>
     <w:rsid w:val="00C103EE"/>
     <w:rsid w:val="00C12CAB"/>
     <w:rsid w:val="00C1477B"/>
     <w:rsid w:val="00C243E8"/>
     <w:rsid w:val="00C24F85"/>
     <w:rsid w:val="00C30DCA"/>
     <w:rsid w:val="00C32A9D"/>
     <w:rsid w:val="00C55268"/>
     <w:rsid w:val="00C65687"/>
     <w:rsid w:val="00C666F7"/>
+    <w:rsid w:val="00C73531"/>
     <w:rsid w:val="00C85D30"/>
     <w:rsid w:val="00C91F76"/>
     <w:rsid w:val="00C929D2"/>
     <w:rsid w:val="00CA06E9"/>
     <w:rsid w:val="00CB022D"/>
     <w:rsid w:val="00CB7452"/>
     <w:rsid w:val="00CD10CF"/>
     <w:rsid w:val="00CD1FD3"/>
     <w:rsid w:val="00CD3CB9"/>
     <w:rsid w:val="00CD403E"/>
     <w:rsid w:val="00CE3E28"/>
     <w:rsid w:val="00CE4A47"/>
+    <w:rsid w:val="00D0647D"/>
     <w:rsid w:val="00D153A9"/>
     <w:rsid w:val="00D24455"/>
     <w:rsid w:val="00D274D7"/>
     <w:rsid w:val="00D36735"/>
     <w:rsid w:val="00D4559E"/>
     <w:rsid w:val="00D51333"/>
     <w:rsid w:val="00D7101B"/>
     <w:rsid w:val="00D75890"/>
     <w:rsid w:val="00D8114B"/>
     <w:rsid w:val="00D87F27"/>
     <w:rsid w:val="00D90FA2"/>
     <w:rsid w:val="00D92436"/>
     <w:rsid w:val="00D9503D"/>
     <w:rsid w:val="00DA0221"/>
     <w:rsid w:val="00DB45C4"/>
     <w:rsid w:val="00DB6DC6"/>
     <w:rsid w:val="00DC4A7A"/>
     <w:rsid w:val="00DE4DBC"/>
     <w:rsid w:val="00DE63E3"/>
     <w:rsid w:val="00DE67C4"/>
     <w:rsid w:val="00DE6F68"/>
     <w:rsid w:val="00DF0734"/>
     <w:rsid w:val="00DF26DF"/>
     <w:rsid w:val="00E01072"/>
     <w:rsid w:val="00E02C53"/>
     <w:rsid w:val="00E041FD"/>
     <w:rsid w:val="00E14825"/>
+    <w:rsid w:val="00E25FAC"/>
     <w:rsid w:val="00E264B8"/>
     <w:rsid w:val="00E303A8"/>
     <w:rsid w:val="00E32895"/>
     <w:rsid w:val="00E420C8"/>
     <w:rsid w:val="00E510D1"/>
     <w:rsid w:val="00E57952"/>
     <w:rsid w:val="00E606D0"/>
     <w:rsid w:val="00E67459"/>
     <w:rsid w:val="00E67DE2"/>
     <w:rsid w:val="00E7193D"/>
     <w:rsid w:val="00E76B5D"/>
     <w:rsid w:val="00E8422B"/>
     <w:rsid w:val="00E85D5B"/>
     <w:rsid w:val="00EA118A"/>
     <w:rsid w:val="00EA4BDC"/>
     <w:rsid w:val="00ED709D"/>
     <w:rsid w:val="00EE0453"/>
     <w:rsid w:val="00F00639"/>
     <w:rsid w:val="00F11826"/>
     <w:rsid w:val="00F17255"/>
     <w:rsid w:val="00F20F3B"/>
     <w:rsid w:val="00F23A0D"/>
     <w:rsid w:val="00F253DA"/>
     <w:rsid w:val="00F27D03"/>
     <w:rsid w:val="00F442AF"/>
     <w:rsid w:val="00F560B7"/>
     <w:rsid w:val="00F57503"/>
     <w:rsid w:val="00F622E1"/>
     <w:rsid w:val="00F62C71"/>
     <w:rsid w:val="00F63838"/>
     <w:rsid w:val="00F63E5E"/>
     <w:rsid w:val="00F66491"/>
     <w:rsid w:val="00F7566A"/>
     <w:rsid w:val="00F76CED"/>
     <w:rsid w:val="00F86EA0"/>
     <w:rsid w:val="00F94692"/>
     <w:rsid w:val="00FA7D3F"/>
     <w:rsid w:val="00FB037D"/>
     <w:rsid w:val="00FB06B8"/>
     <w:rsid w:val="00FB5EAF"/>
     <w:rsid w:val="00FC0B1D"/>
     <w:rsid w:val="00FC30D1"/>
     <w:rsid w:val="00FC4003"/>
     <w:rsid w:val="00FC69BB"/>
     <w:rsid w:val="00FD4880"/>
     <w:rsid w:val="00FE07F9"/>
     <w:rsid w:val="00FE1996"/>
     <w:rsid w:val="00FE6144"/>
+    <w:rsid w:val="03C6B719"/>
+    <w:rsid w:val="064BCBFB"/>
+    <w:rsid w:val="07002D08"/>
     <w:rsid w:val="11AA911D"/>
     <w:rsid w:val="1DC4033D"/>
+    <w:rsid w:val="235549F1"/>
+    <w:rsid w:val="23957444"/>
     <w:rsid w:val="268D11A6"/>
+    <w:rsid w:val="270666C5"/>
     <w:rsid w:val="35C35790"/>
+    <w:rsid w:val="35CEBBF2"/>
+    <w:rsid w:val="374F53F7"/>
     <w:rsid w:val="39190177"/>
     <w:rsid w:val="3B9BE814"/>
+    <w:rsid w:val="47A13D16"/>
     <w:rsid w:val="47D1FF8B"/>
+    <w:rsid w:val="4925D81D"/>
     <w:rsid w:val="5011DFB4"/>
+    <w:rsid w:val="50AA85C7"/>
     <w:rsid w:val="525DFF42"/>
+    <w:rsid w:val="55C23742"/>
     <w:rsid w:val="63CF2B5D"/>
     <w:rsid w:val="6F5A7D97"/>
+    <w:rsid w:val="701216AC"/>
+    <w:rsid w:val="75769AE9"/>
+    <w:rsid w:val="769FE590"/>
     <w:rsid w:val="782428FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -14854,55 +14954,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2123185127">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.azleg.gov/ars/15/00211.htm" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.azed.gov/mowr/dyslexia" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Ra03a099b64794bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R5cc57ef8e41f428f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.azleg.gov/ars/15/00211.htm" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.azed.gov/mowr/dyslexia" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -15168,585 +15268,327 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...70 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ae62a103-e26c-4f68-98b8-e93b6d5c45b2" xmlns:ns3="52a98248-7491-4f00-bf2c-4bfad65a472a" xmlns:ns4="f69ac7c7-1a2e-46bd-a988-685139f8f258" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a6071926941951626a4fab7f2c1f2ff" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008C4DFE5C44023A478876086F6AAFFDDA" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="248950cd9402e939601df1bd8c76644c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f69ac7c7-1a2e-46bd-a988-685139f8f258" xmlns:ns3="52a98248-7491-4f00-bf2c-4bfad65a472a" xmlns:ns4="09867e27-2f82-4a06-a00a-54373e856dc9" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b163a6f94f8009fe47e5e1ed96e7804b" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
-    <xsd:import namespace="ae62a103-e26c-4f68-98b8-e93b6d5c45b2"/>
+    <xsd:import namespace="f69ac7c7-1a2e-46bd-a988-685139f8f258"/>
     <xsd:import namespace="52a98248-7491-4f00-bf2c-4bfad65a472a"/>
-    <xsd:import namespace="f69ac7c7-1a2e-46bd-a988-685139f8f258"/>
+    <xsd:import namespace="09867e27-2f82-4a06-a00a-54373e856dc9"/>
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Date" minOccurs="0"/>
-[...6 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:o86412eb003b4af5bd8a5acea55d3724" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns1:Categories" minOccurs="0"/>
+                <xsd:element ref="ns3:Resources" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns5:_ResourceType" minOccurs="0"/>
+                <xsd:element ref="ns5:_Version" minOccurs="0"/>
+                <xsd:element ref="ns5:_Status" minOccurs="0"/>
+                <xsd:element ref="ns4:Resources0" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...30 lines deleted...]
-                <xsd:element ref="ns2:Updated" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:DateCreated" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="29" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
-[...125 lines deleted...]
-    <xsd:element name="MediaServiceAutoTags" ma:index="21" nillable="true" ma:displayName="Tags" ma:hidden="true" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="Categories" ma:index="12" nillable="true" ma:displayName="Categories" ma:description="" ma:internalName="Categories">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="22" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...81 lines deleted...]
-    <xsd:element name="l7a78261d81c404795facbb9313c95f4" ma:index="38" nillable="true" ma:taxonomy="true" ma:internalName="l7a78261d81c404795facbb9313c95f4" ma:taxonomyFieldName="Agencywide_x0020_Terms" ma:displayName="Department" ma:default="" ma:fieldId="{57a78261-d81c-4047-95fa-cbb9313c95f4}" ma:taxonomyMulti="true" ma:sspId="5db50a19-44cd-47bf-aae0-69db42930db7" ma:termSetId="8ed8c9ea-7052-4c1d-a4d7-b9c10bffea6f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f69ac7c7-1a2e-46bd-a988-685139f8f258" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="o86412eb003b4af5bd8a5acea55d3724" ma:index="8" nillable="true" ma:taxonomy="true" ma:internalName="o86412eb003b4af5bd8a5acea55d3724" ma:taxonomyFieldName="Entity" ma:displayName="Entity" ma:default="" ma:fieldId="{886412eb-003b-4af5-bd8a-5acea55d3724}" ma:sspId="5db50a19-44cd-47bf-aae0-69db42930db7" ma:termSetId="55accc8a-fadb-4bed-aa41-ae871dda31a6" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="CreatedBy" ma:index="39" nillable="true" ma:displayName="Created By" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="CreatedBy">
+    <xsd:element name="TaxCatchAll" ma:index="9" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6d2203be-4453-4d68-8078-857378ece712}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="52a98248-7491-4f00-bf2c-4bfad65a472a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{6d2203be-4453-4d68-8078-857378ece712}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="52a98248-7491-4f00-bf2c-4bfad65a472a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="52a98248-7491-4f00-bf2c-4bfad65a472a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Resources" ma:index="13" nillable="true" ma:displayName="ELA Resources" ma:format="Dropdown" ma:internalName="Resources">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="PD: F2F"/>
+          <xsd:enumeration value="PD: Webinar"/>
+          <xsd:enumeration value="PD: Online"/>
+          <xsd:enumeration value="PD: Hybrid"/>
+          <xsd:enumeration value="Standards"/>
+          <xsd:enumeration value="Educators"/>
+          <xsd:enumeration value="Parents"/>
+          <xsd:enumeration value="News"/>
+          <xsd:enumeration value="Literacy"/>
+          <xsd:enumeration value="Website"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="25" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="Image" ma:index="40" nillable="true" ma:displayName="Image" ma:format="Thumbnail" ma:internalName="Image">
+    <xsd:element name="SharedWithDetails" ma:index="26" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="41" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="09867e27-2f82-4a06-a00a-54373e856dc9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="DateUploaded" ma:index="42" nillable="true" ma:displayName="Date Uploaded" ma:default="[today]" ma:format="DateOnly" ma:internalName="DateUploaded">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="15" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:DateTime"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="44" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="5db50a19-44cd-47bf-aae0-69db42930db7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="5db50a19-44cd-47bf-aae0-69db42930db7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="Look_x002d_up" ma:index="45" nillable="true" ma:displayName="Look-up" ma:list="{ae62a103-e26c-4f68-98b8-e93b6d5c45b2}" ma:internalName="Look_x002d_up" ma:showField="Modified">
-[...29 lines deleted...]
-    <xsd:element name="ContentInformation" ma:index="51" nillable="true" ma:displayName="Content Information" ma:format="Dropdown" ma:internalName="ContentInformation">
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Updated" ma:index="52" nillable="true" ma:displayName="Updated" ma:default="[today]" ma:format="DateOnly" ma:internalName="Updated">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Resources0" ma:index="24" nillable="true" ma:displayName="Resources" ma:format="Dropdown" ma:internalName="Resources0">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="F2F"/>
+          <xsd:enumeration value="Webinar"/>
+          <xsd:enumeration value="Online"/>
+          <xsd:enumeration value="Hybrid"/>
+          <xsd:enumeration value="Standards"/>
+          <xsd:enumeration value="Educators"/>
+          <xsd:enumeration value="Other: Please add under Other Resources"/>
+          <xsd:enumeration value="Choice 2"/>
+          <xsd:enumeration value="Choice 3"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="27" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="28" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="29" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="30" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="31" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DateCreated" ma:index="32" nillable="true" ma:displayName="Date Created" ma:default="[today]" ma:format="DateOnly" ma:internalName="DateCreated">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="52a98248-7491-4f00-bf2c-4bfad65a472a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...18 lines deleted...]
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="_ResourceType" ma:index="21" nillable="true" ma:displayName="Other Resources" ma:description="A set of categories, functions, genres or aggregation levels" ma:format="Dropdown" ma:internalName="_ResourceType">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...8 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="_Version" ma:index="22" nillable="true" ma:displayName="Version" ma:internalName="_Version">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="34" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6d2203be-4453-4d68-8078-857378ece712}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="52a98248-7491-4f00-bf2c-4bfad65a472a">
-[...19 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="_Status" ma:index="23" nillable="true" ma:displayName="Status" ma:default="Not Started" ma:internalName="_Status">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Not Started"/>
+              <xsd:enumeration value="Draft"/>
+              <xsd:enumeration value="Reviewed"/>
+              <xsd:enumeration value="Scheduled"/>
+              <xsd:enumeration value="Published"/>
+              <xsd:enumeration value="Final"/>
+              <xsd:enumeration value="Expired"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Folder Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Status"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
           <xs:element ref="pc:AccountType" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="DisplayName" type="xs:string"/>
     <xs:element name="AccountId" type="xs:string"/>
     <xs:element name="AccountType" type="xs:string"/>
     <xs:element name="BDCAssociatedEntity">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
         <xs:attribute ref="pc:EntityNamespace"/>
         <xs:attribute ref="pc:EntityName"/>
         <xs:attribute ref="pc:SystemInstanceName"/>
         <xs:attribute ref="pc:AssociationName"/>
@@ -15775,161 +15617,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<p:Policy xmlns:p="office.server.policy" id="" local="true">
-[...10 lines deleted...]
-</p:Policy>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f69ac7c7-1a2e-46bd-a988-685139f8f258" xsi:nil="true"/>
+    <o86412eb003b4af5bd8a5acea55d3724 xmlns="f69ac7c7-1a2e-46bd-a988-685139f8f258">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </o86412eb003b4af5bd8a5acea55d3724>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="09867e27-2f82-4a06-a00a-54373e856dc9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Not Started</_Status>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <Categories xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Resources xmlns="52a98248-7491-4f00-bf2c-4bfad65a472a" xsi:nil="true"/>
+    <Resources0 xmlns="09867e27-2f82-4a06-a00a-54373e856dc9" xsi:nil="true"/>
+    <DateCreated xmlns="09867e27-2f82-4a06-a00a-54373e856dc9">2026-01-07T21:44:02+00:00</DateCreated>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E43384B6-18D3-46EA-AC85-FF9172EFAF6C}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34CAFB2D-386C-494B-BF56-097070E17EB0}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61A7052F-0E89-4B29-AA41-C36B0DA3612E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F377F88D-8298-4D7E-A8FE-4381E42293F0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="microsoft.office.server.policy.changes"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EF780AB-18CE-419E-AE92-7D4F7D3DBBB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F377F88D-8298-4D7E-A8FE-4381E42293F0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E43384B6-18D3-46EA-AC85-FF9172EFAF6C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f69ac7c7-1a2e-46bd-a988-685139f8f258"/>
+    <ds:schemaRef ds:uri="09867e27-2f82-4a06-a00a-54373e856dc9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="ae62a103-e26c-4f68-98b8-e93b6d5c45b2"/>
     <ds:schemaRef ds:uri="52a98248-7491-4f00-bf2c-4bfad65a472a"/>
-    <ds:schemaRef ds:uri="f69ac7c7-1a2e-46bd-a988-685139f8f258"/>
-[...13 lines deleted...]
-    <ds:schemaRef ds:uri="office.server.policy"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ARizona’s Cadsdres Act     Education Funding Relief Package</dc:title>
   <dc:subject>Education Stabilization Funds</dc:subject>
   <dc:creator>Garelli, Rebecca</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Lewis, Katie</lastModifiedBy>
-  <revision>6</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010057F6015C38C87042BA42268368754C1F</vt:lpwstr>
+    <vt:lpwstr>0x0101008C4DFE5C44023A478876086F6AAFFDDA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_policyId">
     <vt:lpwstr>0x01010057F6015C38C87042BA42268368754C1F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ItemRetentionFormula">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Entity">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Agencywide Terms">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ELA">
     <vt:lpwstr>ELA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Agencywide_x0020_Terms">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="https://web.microsoftstream.com/video/f246af40-5649-44ba-926a-2961056158c8">
+    <vt:lpwstr>, </vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="CreatedBy">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Quick Links">
+    <vt:lpwstr>, </vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Video">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Updated">
+    <vt:filetime>2025-03-07T17:39:05Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Date">
+    <vt:filetime>2024-12-03T18:01:22Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Content">
+    <vt:lpwstr>Recording</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="DateUploaded">
+    <vt:filetime>2024-12-03T18:01:22Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Link of Recording">
+    <vt:lpwstr>, </vt:lpwstr>
+  </property>
 </Properties>
 </file>